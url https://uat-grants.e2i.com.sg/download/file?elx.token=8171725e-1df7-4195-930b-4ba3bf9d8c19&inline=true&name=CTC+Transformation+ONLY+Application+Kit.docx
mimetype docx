--- v0 (2025-12-25)
+++ v1 (2026-03-23)
@@ -9574,8975 +9574,13895 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>All cost components are to exclude GST.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70B8C79E" w14:textId="77777777" w:rsidR="001A10F4" w:rsidRPr="007C3518" w:rsidRDefault="001A10F4" w:rsidP="003C0AAC">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="9911" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="421"/>
-[...12 lines deleted...]
-        <w:gridCol w:w="893"/>
+        <w:gridCol w:w="431"/>
+        <w:gridCol w:w="865"/>
+        <w:gridCol w:w="580"/>
+        <w:gridCol w:w="580"/>
+        <w:gridCol w:w="754"/>
+        <w:gridCol w:w="754"/>
+        <w:gridCol w:w="754"/>
+        <w:gridCol w:w="861"/>
+        <w:gridCol w:w="861"/>
+        <w:gridCol w:w="861"/>
+        <w:gridCol w:w="774"/>
+        <w:gridCol w:w="831"/>
+        <w:gridCol w:w="1005"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00AB49DA" w14:paraId="085354AD" w14:textId="7858F1F1" w:rsidTr="00AB49DA">
-[...2 lines deleted...]
-            <w:tcW w:w="421" w:type="dxa"/>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="762681B6" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="376"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
           </w:tcPr>
-          <w:p w14:paraId="6DA3D766" w14:textId="77777777" w:rsidR="0053515B" w:rsidRPr="00AB49DA" w:rsidRDefault="0053515B" w:rsidP="003C0AAC">
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00AB49DA">
+          <w:p w14:paraId="7C0E998B" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t>S/N</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07BC1663" w14:textId="4C497AE9" w:rsidR="0053515B" w:rsidRPr="00AB49DA" w:rsidRDefault="0053515B" w:rsidP="003C0AAC">
-[...16 lines deleted...]
-            <w:tcW w:w="708" w:type="dxa"/>
+          <w:p w14:paraId="57257426" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
           </w:tcPr>
-          <w:p w14:paraId="55B38890" w14:textId="7DB31FA0" w:rsidR="0053515B" w:rsidRPr="00AB49DA" w:rsidRDefault="0053515B" w:rsidP="003C0AAC">
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00AB49DA">
+          <w:p w14:paraId="52E5C7C5" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t>Component</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
+            <w:tcW w:w="580" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
           </w:tcPr>
-          <w:p w14:paraId="638AE9C8" w14:textId="09033E01" w:rsidR="0053515B" w:rsidRPr="00AB49DA" w:rsidRDefault="0053515B" w:rsidP="003C0AAC">
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00AB49DA">
+          <w:p w14:paraId="542DB4F8" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t>Qty.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="504" w:type="dxa"/>
+            <w:tcW w:w="580" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
           </w:tcPr>
-          <w:p w14:paraId="633785F4" w14:textId="7D7F5DFA" w:rsidR="0053515B" w:rsidRPr="00AB49DA" w:rsidRDefault="0053515B" w:rsidP="003C0AAC">
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00AB49DA">
+          <w:p w14:paraId="78847737" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t>Total est. cost (S$)</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="653" w:type="dxa"/>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:footnoteReference w:customMarkFollows="1" w:id="1"/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
           </w:tcPr>
-          <w:p w14:paraId="641ADBD9" w14:textId="7EFE7F22" w:rsidR="0053515B" w:rsidRPr="00AB49DA" w:rsidRDefault="0053515B" w:rsidP="003C0AAC">
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00AB49DA">
+          <w:p w14:paraId="0CDE731E" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t>Cost of quotation 1 (S$)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
+            <w:tcW w:w="754" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
           </w:tcPr>
-          <w:p w14:paraId="7570F77C" w14:textId="67B4FB82" w:rsidR="0053515B" w:rsidRPr="00AB49DA" w:rsidRDefault="0053515B" w:rsidP="003C0AAC">
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00AB49DA">
+          <w:p w14:paraId="4CF2FC5F" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t>Cost of quotation 2 (S$)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
+            <w:tcW w:w="754" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
           </w:tcPr>
-          <w:p w14:paraId="09D34038" w14:textId="090F5A3F" w:rsidR="0053515B" w:rsidRPr="00AB49DA" w:rsidRDefault="0053515B" w:rsidP="003C0AAC">
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00AB49DA">
+          <w:p w14:paraId="20C8A460" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t>Cost of quotation 3 (S$)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="744" w:type="dxa"/>
+            <w:tcW w:w="861" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
           </w:tcPr>
-          <w:p w14:paraId="1E710DF5" w14:textId="2818150E" w:rsidR="0053515B" w:rsidRPr="00AB49DA" w:rsidRDefault="0053515B" w:rsidP="003C0AAC">
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00AB49DA">
+          <w:p w14:paraId="4C56C4E0" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t>Attachment for quotation 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="744" w:type="dxa"/>
+            <w:tcW w:w="861" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
           </w:tcPr>
-          <w:p w14:paraId="11F68A1B" w14:textId="452584B7" w:rsidR="0053515B" w:rsidRPr="00AB49DA" w:rsidRDefault="0053515B" w:rsidP="003C0AAC">
-[...20 lines deleted...]
-              <w:t>Attachment for quotation 2</w:t>
+          <w:p w14:paraId="37CBA296" w14:textId="59218249" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366439">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vendor(s)’s UEN/URL for Quotation </w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="744" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
           </w:tcPr>
-          <w:p w14:paraId="0C36D01D" w14:textId="755FE619" w:rsidR="0053515B" w:rsidRPr="00AB49DA" w:rsidRDefault="0053515B" w:rsidP="003C0AAC">
-[...20 lines deleted...]
-              <w:t>Attachment for quotation 3</w:t>
+          <w:p w14:paraId="1A292CD6" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Attachment for quotation </w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="749" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
           </w:tcPr>
-          <w:p w14:paraId="068C6FA5" w14:textId="46EE8449" w:rsidR="0053515B" w:rsidRPr="00AB49DA" w:rsidRDefault="0053515B" w:rsidP="003C0AAC">
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00AB49DA">
+          <w:p w14:paraId="38A9C723" w14:textId="7590233A" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366439">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vendor(s)’s UEN/URL for Quotation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="644968CC" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Attachment for quotation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F464734" w14:textId="35A459D0" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366439">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vendor(s)’s UEN/URL for Quotation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="422448D0" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="188"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E4B0BA5" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00CF1D6C" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF1D6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="600A7B67" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Type here…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D2CFCAE" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Type here…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="11E66605" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Type here…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EE49A3E" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Type here…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="32FE20DB" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Type here…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A3F2D5A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Type here…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="44BBAD96" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>For attachment file…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EFF2FCD" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Type here…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ED9C348" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>For attachment file…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="13258C15" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Type here…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="227BBCD3" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>For attachment file…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0007B12A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Type here…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="1CF507B6" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="050A2205" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="70C7BB62" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="396C86D4" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="137D3FF8" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="470BD579" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C096EA1" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="00E5F101" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="105B7707" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FF1FBD9" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="21576A92" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="31A01DBF" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="66A1FB25" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F2C98F6" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="3041990B" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F358BC8" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4440807A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="798D95DE" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="47BB65C7" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B3C4E25" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="538ECCE3" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="28570C97" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E8AB474" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A399771" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E73809A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2019506A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="062EBC64" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="49FDFF8D" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="6E657A86" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F990626" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C8DC0C4" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3528D454" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A666C09" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="464B8716" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A8A2D88" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0201B2BF" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1632F1ED" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B77CED7" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E46F25B" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="02CC8E9D" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C87D2C1" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="01AD3F63" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="1D2384DE" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="461A6469" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D8AF91E" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5783E018" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7938DDA5" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="159BF67C" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B4BAA1F" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="40CA2E25" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="275914D7" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F8135F4" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AFF8DCF" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="78F01291" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D0532BF" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B789CC8" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="7E27352E" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="76ACF4D0" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6438CA4B" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="71B58D77" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D00EF7C" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="07F05F90" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B8EBFED" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E65ABCF" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D7CED54" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CA99424" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="10A5271C" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ADA24BB" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DBFDF52" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="14E707E9" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="285EC32D" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4130271D" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F5951AF" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="509F91B9" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="14A63675" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4783EE96" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B64C04B" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5331C1E1" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="36E7BD44" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="73549C16" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FF4F5A6" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4380AC4F" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A5F25B8" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F36E792" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="6BA3450F" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="567267FE" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E0C6285" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C2C940F" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1538D426" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="402F8155" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="79817750" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="76CB254E" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A631B3E" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="771907BD" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="164AE549" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="524ACC4E" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A8C9B50" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F2F10C6" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="428091CA" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="719D3513" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="370A1802" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1947D32E" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="737D4601" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="27F37A58" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="42A93DB0" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="71B059DB" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="15742D5C" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="24FCCD35" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1159393B" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="26F55125" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C36C193" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BACE2AB" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="4378011D" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5965B9CA" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E955832" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="32653987" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="705CAED5" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EAC0376" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="180D96DE" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C6183AF" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2405C3E4" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C38CA36" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="79B23EEC" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4624E49C" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="10631EB3" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="459D6D54" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="0331E031" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DCF87F4" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D9F9459" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E0B0C25" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="08DDE447" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="438B1C95" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AD46116" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="509D647B" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="41249435" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="335680B5" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="18947639" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="128833B7" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E34A024" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="13F04273" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="317FD513" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B7263EF" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E70A124" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="21E2C057" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="12F9906A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B25FEF0" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BB1FB27" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="05FCE954" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="528FED0B" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="76859B4E" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EA3F725" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="734D315C" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="736B9E6A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="02A93C6D" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="517638A6" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="101E0B94" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BAEF6CB" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="323EB545" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ABCE4B8" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B9F39B7" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1675F747" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="469C1172" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C561429" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D504941" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C170CDE" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B557AB7" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="09517EB3" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="16763FB1" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="209AC424" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F681FDB" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="189AEF73" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AE0CEEB" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D6ED36D" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FB1F66E" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7947C149" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="50CEF9DD" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F54864D" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="58B10AD8" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF9D644" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D9DA15A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2343F1CF" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="00A04C46" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="58DA47B5" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C636115" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B905D53" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C591098" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FDE7015" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="437EBFCD" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="70910425" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0658F622" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DE71F0A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="469E8E4F" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BC65812" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="132D8F8C" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="55E89BA4" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="57A7BBBE" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="2A72F0D0" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="48FDC2DF" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A29AFDD" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C4C9CBC" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="62259DE7" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="58279D4E" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="02CA92E1" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3071778A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C03ACA6" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="040319AD" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="05FCAC43" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="49693279" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="63C22545" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A1CB5B0" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="633B2A8A" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="168D272B" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="40245AA9" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DB6EE85" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DE93815" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="771980AD" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="286A6137" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="142031E8" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="32274A3A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="28576EB6" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D3EF537" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="33520231" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C2AE904" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="453A28C7" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="02D70541" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FDBDE93" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="60F6A390" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="70EDB662" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A7ABD18" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="01B5265A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D8CFC00" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="44AC5369" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2208B199" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4291F4E0" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="746C1B59" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="72622DB3" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B801C58" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CCC4099" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="519EEAE3" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DF12FA9" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="78BE1DD7" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="308BC1D5" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C97E49D" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A2A4BE0" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="73ADBF7E" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B982CEC" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="48004628" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D904013" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="31F7070C" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CD631A5" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="703B826C" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="36075043" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="0BE1F4B3" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="58A5EA6B" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="701EF08C" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DFF175A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E2FD87F" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C916344" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="309A0D88" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2105EE7A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B9A9083" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="73A6FBC1" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="68151937" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C7547CC" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A501768" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D9EB065" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="3D38D4C7" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="767540FB" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B4AC1BE" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF74082" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="217294B1" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="43BF1F7F" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="162812C5" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A64DBEC" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A55A3BC" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="32772336" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F8EA623" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E88462F" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CF95F21" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="55C33799" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="5A6C834E" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4847BB39" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="02E646E3" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="573A2963" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D529A46" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="14F56213" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="24C02315" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A0EAE99" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="204D18D9" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="48BEFAA6" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="61A28686" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="330FA2D0" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="79E5E11F" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="02FA611F" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="62C1D7DA" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FF62527" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="70FBFD2A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E2C36B6" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="513BA0BC" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7792241C" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C8041E1" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F6C2A62" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="13A2BCAF" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="652D3933" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="12F83924" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="57B4C4DC" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CF12142" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5995CC0C" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="26F8F093" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4182AAD3" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CE03851" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="50DD6932" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="591980F9" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4275BA2E" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="39745BDD" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FF50F5E" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="375B5A12" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="469B44F9" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DB1D587" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A598A6A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="181FCD57" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="17154B5D" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="239D7658" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3731FD50" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="13CFAB99" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="20F6D5A4" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="386EABE0" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="08C48C2A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7741EE49" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="375F6E37" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="63140C05" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="131E0611" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="01DB8363" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D4C0BD5" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="496EE44A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E38C9AB" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="1A478183" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AD1E3E9" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="11214899" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="44EADF3D" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0182EFD8" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1737EC4A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="57709CE9" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="16408DAC" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4587B462" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="021FF696" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F4389F2" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D0FDE42" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="64CE768C" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FA6BA57" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="0548CB02" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="44403344" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DFB85C7" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="65480778" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="17538141" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="79925B59" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EC76322" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="42330EA8" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BC60DE3" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="380F828D" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="461020D5" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="73C85B66" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="686757F5" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FA62E3D" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="07ED5EB2" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="54A0ADF8" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="333EDD4F" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DBCEDDA" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="23FD88FB" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="507CD548" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="600F0BAA" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C3F50CD" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="640B8C5B" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A146EA1" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CE4DBB8" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="22CE1BC1" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="580B82F8" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CAC455A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="39B1F75C" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="385693B4" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C6D2D57" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3371515A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D4AAF28" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="552E539E" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D4AB62D" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="663BDE1F" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="21C53C2E" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="26A28049" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4320469D" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4841C38F" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DF82C94" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="54D2E542" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="60DB7E21" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B6B4ADA" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E238381" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1378E4E0" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FF12644" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0155BDB9" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="515C0C77" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="53571C27" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FDFF130" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D34A34A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="47693A74" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AF4558D" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A82BACA" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0444DCE9" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5F82ADA0" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRDefault="00FA1E37" w:rsidP="00FA1E37">
+      <w:pPr>
+        <w:pStyle w:val="TableContents"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="334BB3B5" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRDefault="00FA1E37" w:rsidP="00FA1E37">
+      <w:pPr>
+        <w:pStyle w:val="TableContents"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A3A05C2" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRDefault="00FA1E37" w:rsidP="00FA1E37">
+      <w:pPr>
+        <w:pStyle w:val="TableContents"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EFBEFF8" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRDefault="00FA1E37" w:rsidP="00FA1E37">
+      <w:pPr>
+        <w:pStyle w:val="TableContents"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Additional information on the funding components</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4231C6C0" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRDefault="00FA1E37" w:rsidP="00FA1E37">
+      <w:pPr>
+        <w:pStyle w:val="TableContents"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9918" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="427"/>
+        <w:gridCol w:w="1694"/>
+        <w:gridCol w:w="1273"/>
+        <w:gridCol w:w="1041"/>
+        <w:gridCol w:w="1316"/>
+        <w:gridCol w:w="1301"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1499"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="38FA86BE" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="380"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AA27C6F" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="_Hlk190250090"/>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>S/N</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="168C6925" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="23AA7A79" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Component</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E29391D" w14:textId="7D165035" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366439">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Attachment for Foreign Vendor(s)’</w:t>
+            </w:r>
+            <w:r w:rsidR="00A16BB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00366439">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Supporting Document under Quotation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E810079" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366439">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Indicate the selected vendor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="65FC1438" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366439">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t>Component is only available from a sole provider</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
+            <w:tcW w:w="1301" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
           </w:tcPr>
-          <w:p w14:paraId="2E59BD9D" w14:textId="41AABF82" w:rsidR="0053515B" w:rsidRPr="00AB49DA" w:rsidRDefault="0053515B" w:rsidP="003C0AAC">
-[...20 lines deleted...]
-              <w:t>Reason for selecting the quotation</w:t>
+          <w:p w14:paraId="12A0A8B3" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366439">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+                <w:lang w:val="en-SG"/>
+              </w:rPr>
+              <w:t>Reason for purchasing from a sole provider</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1116" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
           </w:tcPr>
-          <w:p w14:paraId="35F7789F" w14:textId="05D0A833" w:rsidR="0053515B" w:rsidRPr="00AB49DA" w:rsidRDefault="0053515B" w:rsidP="00932B3A">
-[...19 lines deleted...]
-              <w:t>Component contains Table</w:t>
+          <w:p w14:paraId="38749446" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366439">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+                <w:lang w:val="en-SG"/>
+              </w:rPr>
+              <w:t>Component contains Tablet(s), Notebook(s), iPad(s) and/or Smart Phone(s)</w:t>
             </w:r>
-            <w:r w:rsidR="00402AA9">
-[...43 lines deleted...]
-            <w:tcW w:w="893" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
           </w:tcPr>
-          <w:p w14:paraId="0746970D" w14:textId="62CB4607" w:rsidR="0053515B" w:rsidRPr="00AB49DA" w:rsidRDefault="0053515B" w:rsidP="00932B3A">
-[...17 lines deleted...]
-                <w:szCs w:val="8"/>
+          <w:p w14:paraId="6B691293" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366439">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+                <w:lang w:val="en-SG"/>
               </w:rPr>
               <w:t>How the Tablet(s), Notebook(s), iPad(s), and/or Smart Phone(s) will significantly contribute to the transformation project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00AB49DA" w14:paraId="28B54A57" w14:textId="3A1D81CC" w:rsidTr="00AB49DA">
-[...16 lines deleted...]
-            <w:r w:rsidRPr="004D55DF">
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="247A9F12" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="133"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E0FEBE1" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00CF1D6C" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF1D6C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="00AB49DA">
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="43D9142B" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t>Type here…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00AB49DA">
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="79E79228" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t>Type here…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="504" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00AB49DA">
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="43DEEEE2" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t>Type here…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00AB49DA">
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A7F32BC" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Yes/ No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CCA3FF2" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t>Type here…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="653" w:type="dxa"/>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="00AB49DA">
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="56040519" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Yes/ No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="73447648" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t>Type here…</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...204 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00AB49DA" w14:paraId="7958D35A" w14:textId="15A1F40C" w:rsidTr="00AB49DA">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="655FD839" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F353335" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="06FA3E8A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="493DF625" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6918C441" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="762DD125" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="56BD68FC" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B715ECB" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="074E6405" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00AB49DA" w14:paraId="4CBC8298" w14:textId="2E4D094A" w:rsidTr="00AB49DA">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="5E0119A1" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="28F6FCB1" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2648E10D" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="54EE85E4" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D935152" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="77A39A4A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A63117A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="25A25442" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F8720C5" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00AB49DA" w14:paraId="693D2974" w14:textId="6DD322F6" w:rsidTr="00AB49DA">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="5D4F1901" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B411D30" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C09A343" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="58C91FAC" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="36D0FDA0" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A9EAB6F" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="04237FAB" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E57B64" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EBB94FA" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00AB49DA" w14:paraId="1B0DD35D" w14:textId="59782A08" w:rsidTr="00AB49DA">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="54CF16C5" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E7F2191" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E37883A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2371D6AA" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6144F712" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DC75A09" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="53D5E5B5" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FDA33CF" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="01026AFD" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00AB49DA" w14:paraId="31166634" w14:textId="545AC50C" w:rsidTr="00AB49DA">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="4105EE94" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="27A95983" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="26DBC2A5" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="57C6F56D" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="06C24D5D" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="671E9870" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BCAEE9C" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="53309C0E" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ADFA692" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00AB49DA" w14:paraId="7B192EB9" w14:textId="543F4287" w:rsidTr="00AB49DA">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="7C63E7AB" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B9E7ECE" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A7372EA" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A0C38D3" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="31ECCADF" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="642FAD25" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="14124002" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B2E3EDB" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="582E1EE4" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00AB49DA" w14:paraId="09765A10" w14:textId="78C32C6C" w:rsidTr="00AB49DA">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="736A5EE3" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FBB78F8" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="761C80A8" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E80A092" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="679CDE79" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="080FB535" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DA75F49" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="78FF53B9" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="763BE919" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00AB49DA" w14:paraId="7D704A1F" w14:textId="06097DD6" w:rsidTr="00AB49DA">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="491AB4D0" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="52C71F94" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C134702" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A97F430" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="427FB4D2" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3848BEE5" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="59D03287" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="232F4EFE" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="68F639F7" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00AB49DA" w14:paraId="6E8D6B2B" w14:textId="205037A8" w:rsidTr="00AB49DA">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="42D16F02" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2097619C" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A88738A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FC5551F" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="205F2D87" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E624E69" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C66FF18" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3654F364" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="740A1B97" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00AB49DA" w14:paraId="6D65E8D6" w14:textId="3B7EB072" w:rsidTr="00AB49DA">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="7E27AB23" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="779C8301" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A5AB10D" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="14472AF3" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="09475CFC" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="11C6E593" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1661EA75" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="456C4ADE" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6681019C" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00AB49DA" w14:paraId="1D07F938" w14:textId="743D5944" w:rsidTr="00AB49DA">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="4C3D5C46" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="52DD6C61" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="13939916" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="20649E49" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F192053" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="11F9E6C6" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B16EC82" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="797C0200" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2565C4D8" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00AB49DA" w14:paraId="0BC9D73F" w14:textId="586574FE" w:rsidTr="00AB49DA">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="60533183" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6909C00B" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3619654D" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="075005C1" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="23F97B3B" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="34F9502A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B852AE8" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ECBE358" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EDD7160" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00AB49DA" w14:paraId="2251F03F" w14:textId="6A0A8CFE" w:rsidTr="00AB49DA">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="22C32C86" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="729F4CEC" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6456EDDF" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="75F072D4" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="247221A8" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="49820093" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B5CD960" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="540C06C6" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C6CBE08" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00AB49DA" w14:paraId="677E73B4" w14:textId="0D853A77" w:rsidTr="00AB49DA">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="26AC8D47" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="348FCEA5" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BF7721A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EE100F9" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="08EF2CC6" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A955303" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D9E84F0" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="355EC5C7" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FD62DED" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00AB49DA" w14:paraId="0046AF2B" w14:textId="3E79D0CE" w:rsidTr="00AB49DA">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="3C020F89" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="44B4AEC4" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="62A1641A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="648A1D8C" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="219C777A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AA04137" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="40F28FCE" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3483ADD9" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AB139C5" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00AB49DA" w14:paraId="3D495333" w14:textId="20C9C656" w:rsidTr="00AB49DA">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="002DAF2B" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="361AD3DC" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E3E77A3" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D808473" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4666209F" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="56FE3C84" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="72647C1A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="13F9DDB8" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="73BBA173" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00AB49DA" w14:paraId="22D8D60B" w14:textId="31B3BD1A" w:rsidTr="00AB49DA">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="75B83A8D" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="73A5B7CB" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3788E946" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A69F454" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DCF0272" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="399DB7A4" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="729ADB87" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="39E4B8CA" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1691E2D8" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00AB49DA" w14:paraId="45C7F1AE" w14:textId="23ABFE2F" w:rsidTr="00AB49DA">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="601E87DF" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="37AB3B5E" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F1160A3" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="18B51EBD" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7769041C" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="12CFA301" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="42AD2884" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="07F830EA" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="57793622" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00AB49DA" w14:paraId="2235D84B" w14:textId="5F0F5B83" w:rsidTr="00AB49DA">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="76380BB3" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E4F67D5" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="174F067C" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DB88E0D" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C2E5BBE" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="59826BC0" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B6C9BE2" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="10A525F7" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AAE27C2" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00AB49DA" w14:paraId="6C3F591C" w14:textId="297D0C33" w:rsidTr="00AB49DA">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="573365B3" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F25C424" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="46E28B7E" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C0E489F" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B04F286" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="17D8D4C6" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="74677E74" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="416B0FC4" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4348B422" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00AB49DA" w14:paraId="214794CA" w14:textId="52BBB74E" w:rsidTr="00AB49DA">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="7DF1D928" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="69D16CB3" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="224405B7" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="269C0C88" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B998915" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C2CD600" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F1AA301" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BEC3181" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F342165" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00AB49DA" w14:paraId="4778085D" w14:textId="2EBA8135" w:rsidTr="00AB49DA">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="1381F84C" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4224DFF2" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BB0300A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="512FC367" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3068231B" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="261790BC" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="71185289" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D235498" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F712AC0" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00AB49DA" w14:paraId="40BFCE1A" w14:textId="25E88F5D" w:rsidTr="00AB49DA">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="455F2775" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C1F2857" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="525B7C4D" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ABC88FD" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DE024C8" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AEFE273" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FCF2ECB" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A42F37E" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="55840921" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00AB49DA" w14:paraId="76D4A55A" w14:textId="0E6C16A7" w:rsidTr="00AB49DA">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="5775DC37" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E797FA1" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4622324F" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="28F0CD0E" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="38F74916" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="01BB90E9" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="13B2EBCD" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="520CD0F2" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="50B8AA9B" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00AB49DA" w14:paraId="5B01A277" w14:textId="1B9DA82F" w:rsidTr="00AB49DA">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="6A11C1B3" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F8E1700" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="69153FDA" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F3F7AC4" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7155929B" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AE6499A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FA29E8A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CA90F3D" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CBA81C9" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00AB49DA" w14:paraId="55FA5E9F" w14:textId="4CBD1099" w:rsidTr="00AB49DA">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="008E33F4" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4640ED62" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="43DF9E05" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="74BE025A" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="386D1D0C" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D0033FE" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BD780ED" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3579BBEC" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A2B0C93" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00AB49DA" w14:paraId="783E532F" w14:textId="0E82BDE8" w:rsidTr="00AB49DA">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="7708D8A1" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A6BD53B" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="45E01E1D" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="41F01022" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="31A7BAC6" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AB51048" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F3E3F2B" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="720A4A7B" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FD8462D" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00AB49DA" w14:paraId="3C3613E5" w14:textId="74A33FC0" w:rsidTr="00AB49DA">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="2D5C92FD" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="296B7FBE" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C105B31" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A871EFF" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CBCFF51" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="299BA8BC" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="53A4F3C3" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A2853E8" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7827E3D6" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00AB49DA" w14:paraId="36AEC6C0" w14:textId="437A165C" w:rsidTr="00AB49DA">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w14:paraId="1CEFB037" w14:textId="77777777" w:rsidTr="00681C7D">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="537FAC55" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="64030A19" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="63A75D63" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="26B685EB" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="433C51E0" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C1DDF7B" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="21135B1C" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E9B0A86" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRPr="00DC50D8" w:rsidRDefault="00FA1E37" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="7"/>
     </w:tbl>
     <w:p w14:paraId="4DB8781C" w14:textId="77777777" w:rsidR="001A10F4" w:rsidRDefault="001A10F4" w:rsidP="003C0AAC">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9918" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9736"/>
+        <w:gridCol w:w="9918"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001A10F4" w:rsidRPr="00F22A98" w14:paraId="37B92218" w14:textId="77777777" w:rsidTr="00BB2F2B">
-[...2 lines deleted...]
-            <w:tcW w:w="9736" w:type="dxa"/>
+      <w:tr w:rsidR="001A10F4" w:rsidRPr="00F22A98" w14:paraId="37B92218" w14:textId="77777777" w:rsidTr="00FA1E37">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9918" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F79337E" w14:textId="27D98CE8" w:rsidR="001A10F4" w:rsidRPr="00F22A98" w:rsidRDefault="001A10F4" w:rsidP="003C0AAC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C3518">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Grant total estimated cost requested (S$):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A10F4" w14:paraId="2D3B3E99" w14:textId="77777777" w:rsidTr="00BB2F2B">
-[...2 lines deleted...]
-            <w:tcW w:w="9736" w:type="dxa"/>
+      <w:tr w:rsidR="001A10F4" w14:paraId="2D3B3E99" w14:textId="77777777" w:rsidTr="00FA1E37">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9918" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
           </w:tcPr>
           <w:p w14:paraId="545DCAD5" w14:textId="09E5E530" w:rsidR="001A10F4" w:rsidRPr="007750A0" w:rsidRDefault="001A10F4" w:rsidP="003C0AAC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007750A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Type here</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -19534,75 +24454,73 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2379">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>File Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B5FD4" w14:paraId="3F0653D8" w14:textId="77777777" w:rsidTr="00186E91">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5038B4B5" w14:textId="3C2CF50B" w:rsidR="008B5FD4" w:rsidRPr="007A2379" w:rsidRDefault="008B5FD4" w:rsidP="003C0AAC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3710" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F610C17" w14:textId="77777777" w:rsidR="008B5FD4" w:rsidRDefault="008B5FD4" w:rsidP="003C0AAC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(For companies)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A795BCC" w14:textId="5F075605" w:rsidR="008B5FD4" w:rsidRPr="008B5FD4" w:rsidRDefault="008B5FD4" w:rsidP="008B5FD4">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
@@ -19650,75 +24568,73 @@
           </w:tcPr>
           <w:p w14:paraId="0CC364FF" w14:textId="3DA86275" w:rsidR="008B5FD4" w:rsidRPr="007A2379" w:rsidRDefault="008B5FD4" w:rsidP="003C0AAC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For attachment file…</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A24692" w14:paraId="6F8DC566" w14:textId="77777777" w:rsidTr="00186E91">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="137EA441" w14:textId="5294F69C" w:rsidR="00A24692" w:rsidRPr="007A2379" w:rsidRDefault="008B5FD4" w:rsidP="003C0AAC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3710" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="615ED8EF" w14:textId="33FA2A9D" w:rsidR="00A24692" w:rsidRPr="007A2379" w:rsidRDefault="00A24692" w:rsidP="003C0AAC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2379">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(For society)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="17C14B42" w14:textId="3A135758" w:rsidR="00A24692" w:rsidRPr="00186E91" w:rsidRDefault="00A24692" w:rsidP="00186E91">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="30"/>
@@ -19767,149 +24683,145 @@
           </w:tcPr>
           <w:p w14:paraId="7C701A71" w14:textId="59A94586" w:rsidR="00A24692" w:rsidRPr="007A2379" w:rsidRDefault="00444F7D" w:rsidP="003C0AAC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For attachment file…</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A24692" w14:paraId="140BFD6A" w14:textId="77777777" w:rsidTr="00186E91">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F066E95" w14:textId="3480F3DB" w:rsidR="00A24692" w:rsidRPr="007A2379" w:rsidRDefault="008B5FD4" w:rsidP="003C0AAC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3710" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24CD12F6" w14:textId="1716BF13" w:rsidR="00A24692" w:rsidRPr="007A2379" w:rsidRDefault="005A7D9F" w:rsidP="003C0AAC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2379">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>More information on Transformation Plan, if applicable (please keep to maximum of 2 pages)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5516" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
           </w:tcPr>
           <w:p w14:paraId="6A5D301F" w14:textId="366AF323" w:rsidR="00A24692" w:rsidRPr="007A2379" w:rsidRDefault="00444F7D" w:rsidP="003C0AAC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For attachment file…</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F1D2F" w14:paraId="3A698D31" w14:textId="77777777" w:rsidTr="00232F9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7BA2D040" w14:textId="12289BD9" w:rsidR="002F1D2F" w:rsidRDefault="002F1D2F" w:rsidP="00232F9B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3710" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E7B3458" w14:textId="77777777" w:rsidR="002F1D2F" w:rsidRDefault="002F1D2F" w:rsidP="00232F9B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00486D09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CTC endorsement for the project</w:t>
             </w:r>
             <w:r w:rsidRPr="007C2A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -20798,58 +25710,58 @@
         <w:pStyle w:val="TableContents"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001D0507" w:rsidRPr="00154EF6" w:rsidSect="003654B2">
       <w:footerReference w:type="default" r:id="rId20"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="567" w:footer="680" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2CBCCD23" w14:textId="77777777" w:rsidR="00D127D5" w:rsidRDefault="00D127D5" w:rsidP="00D141B4">
+    <w:p w14:paraId="7DE3A3EB" w14:textId="77777777" w:rsidR="000B6CD8" w:rsidRDefault="000B6CD8" w:rsidP="00D141B4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="16790AA8" w14:textId="77777777" w:rsidR="00D127D5" w:rsidRDefault="00D127D5" w:rsidP="00D141B4">
+    <w:p w14:paraId="257BC1C1" w14:textId="77777777" w:rsidR="000B6CD8" w:rsidRDefault="000B6CD8" w:rsidP="00D141B4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -21608,61 +26520,68 @@
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="1011"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="623503EF" w14:textId="61E81DA3" w:rsidR="0089727B" w:rsidRPr="006A67EC" w:rsidRDefault="0089727B" w:rsidP="0089727B">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5B1E1DE1" w14:textId="77777777" w:rsidR="00D127D5" w:rsidRDefault="00D127D5" w:rsidP="00D141B4">
+    <w:p w14:paraId="74F52A6A" w14:textId="77777777" w:rsidR="000B6CD8" w:rsidRDefault="000B6CD8" w:rsidP="00D141B4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="51E0008D" w14:textId="77777777" w:rsidR="00D127D5" w:rsidRDefault="00D127D5" w:rsidP="00D141B4">
+    <w:p w14:paraId="64A75A6B" w14:textId="77777777" w:rsidR="000B6CD8" w:rsidRDefault="000B6CD8" w:rsidP="00D141B4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="1">
+    <w:p w14:paraId="3247F96F" w14:textId="77777777" w:rsidR="00FA1E37" w:rsidRDefault="00FA1E37" w:rsidP="00FA1E37">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:bookmarkStart w:id="1" w:name="_Hlk193112431" w:displacedByCustomXml="next"/>
   <w:bookmarkStart w:id="2" w:name="_Hlk193112432" w:displacedByCustomXml="next"/>
   <w:bookmarkStart w:id="3" w:name="_Hlk193112460" w:displacedByCustomXml="next"/>
   <w:bookmarkStart w:id="4" w:name="_Hlk193112461" w:displacedByCustomXml="next"/>
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="92756761"/>
       <w:placeholder>
         <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
       </w:placeholder>
     </w:sdtPr>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1198392138"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
@@ -25798,153 +30717,157 @@
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="469134070">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1403868894">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1789815454">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="993602853">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="713625712">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1322611839">
     <w:abstractNumId w:val="22"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="156"/>
   <w:defaultTabStop w:val="284"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B479C5"/>
     <w:rsid w:val="00015824"/>
     <w:rsid w:val="00021954"/>
     <w:rsid w:val="00031EAB"/>
     <w:rsid w:val="00053C34"/>
     <w:rsid w:val="0005750E"/>
     <w:rsid w:val="00076DAC"/>
     <w:rsid w:val="000878DE"/>
     <w:rsid w:val="000B33F9"/>
+    <w:rsid w:val="000B6CD8"/>
     <w:rsid w:val="000C3252"/>
     <w:rsid w:val="000C3ABF"/>
     <w:rsid w:val="000D5846"/>
     <w:rsid w:val="000E7017"/>
     <w:rsid w:val="0012249B"/>
+    <w:rsid w:val="00122686"/>
     <w:rsid w:val="00131704"/>
     <w:rsid w:val="00147A52"/>
     <w:rsid w:val="001546BC"/>
     <w:rsid w:val="00154EF6"/>
     <w:rsid w:val="001629EE"/>
     <w:rsid w:val="00165390"/>
     <w:rsid w:val="00172EBD"/>
     <w:rsid w:val="00186880"/>
     <w:rsid w:val="00186E91"/>
     <w:rsid w:val="0019026D"/>
     <w:rsid w:val="001965D8"/>
     <w:rsid w:val="001972C3"/>
     <w:rsid w:val="001A03B3"/>
     <w:rsid w:val="001A10F4"/>
     <w:rsid w:val="001A48E5"/>
     <w:rsid w:val="001B1CCB"/>
     <w:rsid w:val="001B7742"/>
     <w:rsid w:val="001C0260"/>
+    <w:rsid w:val="001C3336"/>
     <w:rsid w:val="001D0507"/>
     <w:rsid w:val="001E1D4C"/>
     <w:rsid w:val="001E70F6"/>
     <w:rsid w:val="0020727D"/>
     <w:rsid w:val="00245309"/>
     <w:rsid w:val="00265187"/>
     <w:rsid w:val="002674FC"/>
     <w:rsid w:val="002720CA"/>
     <w:rsid w:val="002C0E00"/>
     <w:rsid w:val="002F1D2F"/>
     <w:rsid w:val="002F5E87"/>
     <w:rsid w:val="002F6526"/>
     <w:rsid w:val="0030298C"/>
     <w:rsid w:val="00306689"/>
     <w:rsid w:val="00306A8F"/>
     <w:rsid w:val="003210AE"/>
     <w:rsid w:val="0033278F"/>
     <w:rsid w:val="003356E6"/>
     <w:rsid w:val="00346294"/>
     <w:rsid w:val="003530D7"/>
     <w:rsid w:val="003654B2"/>
     <w:rsid w:val="003657F1"/>
     <w:rsid w:val="00394BE9"/>
     <w:rsid w:val="00395BE5"/>
     <w:rsid w:val="003A0792"/>
     <w:rsid w:val="003B08F7"/>
     <w:rsid w:val="003B3640"/>
     <w:rsid w:val="003C0AAC"/>
     <w:rsid w:val="003C3F8C"/>
     <w:rsid w:val="003C49B5"/>
     <w:rsid w:val="003E3C85"/>
     <w:rsid w:val="003E417F"/>
     <w:rsid w:val="003E42F7"/>
     <w:rsid w:val="00402AA9"/>
     <w:rsid w:val="00406B7D"/>
     <w:rsid w:val="00414E29"/>
     <w:rsid w:val="00441696"/>
     <w:rsid w:val="00444F7D"/>
     <w:rsid w:val="0044692C"/>
     <w:rsid w:val="00462ADD"/>
     <w:rsid w:val="00467CFA"/>
     <w:rsid w:val="00474760"/>
     <w:rsid w:val="0048429A"/>
     <w:rsid w:val="0049000C"/>
     <w:rsid w:val="00490D09"/>
     <w:rsid w:val="004B1442"/>
     <w:rsid w:val="004B400D"/>
+    <w:rsid w:val="004C3048"/>
     <w:rsid w:val="004D55DF"/>
     <w:rsid w:val="0053515B"/>
     <w:rsid w:val="005357E0"/>
     <w:rsid w:val="00535859"/>
     <w:rsid w:val="005404F2"/>
     <w:rsid w:val="00572C6F"/>
     <w:rsid w:val="005743DB"/>
     <w:rsid w:val="005A7D9F"/>
     <w:rsid w:val="005B606E"/>
     <w:rsid w:val="005C6922"/>
     <w:rsid w:val="005D569E"/>
     <w:rsid w:val="005F418B"/>
     <w:rsid w:val="005F5A76"/>
     <w:rsid w:val="005F7119"/>
     <w:rsid w:val="006056D4"/>
     <w:rsid w:val="00616E79"/>
     <w:rsid w:val="00617B75"/>
     <w:rsid w:val="00622D31"/>
     <w:rsid w:val="00634DBE"/>
     <w:rsid w:val="0063623D"/>
     <w:rsid w:val="0064115B"/>
     <w:rsid w:val="00645AF8"/>
     <w:rsid w:val="006505F7"/>
     <w:rsid w:val="00663A29"/>
     <w:rsid w:val="00672377"/>
@@ -25989,50 +30912,51 @@
     <w:rsid w:val="008C1D65"/>
     <w:rsid w:val="008C5FE2"/>
     <w:rsid w:val="008E3EC4"/>
     <w:rsid w:val="008E5893"/>
     <w:rsid w:val="008E60F3"/>
     <w:rsid w:val="008F07D1"/>
     <w:rsid w:val="00905D17"/>
     <w:rsid w:val="00907BA8"/>
     <w:rsid w:val="00916F47"/>
     <w:rsid w:val="0092196A"/>
     <w:rsid w:val="00932B3A"/>
     <w:rsid w:val="009546F7"/>
     <w:rsid w:val="009553E0"/>
     <w:rsid w:val="00963484"/>
     <w:rsid w:val="00964F53"/>
     <w:rsid w:val="0096606B"/>
     <w:rsid w:val="0098275F"/>
     <w:rsid w:val="00993577"/>
     <w:rsid w:val="009A4E48"/>
     <w:rsid w:val="009B0E91"/>
     <w:rsid w:val="009B6CB1"/>
     <w:rsid w:val="009C2829"/>
     <w:rsid w:val="009C3A22"/>
     <w:rsid w:val="009D31AE"/>
     <w:rsid w:val="009E43E9"/>
+    <w:rsid w:val="00A16BB6"/>
     <w:rsid w:val="00A17E04"/>
     <w:rsid w:val="00A20C01"/>
     <w:rsid w:val="00A24692"/>
     <w:rsid w:val="00A252A6"/>
     <w:rsid w:val="00A313C3"/>
     <w:rsid w:val="00A33670"/>
     <w:rsid w:val="00A37208"/>
     <w:rsid w:val="00A461A7"/>
     <w:rsid w:val="00A550A6"/>
     <w:rsid w:val="00A77965"/>
     <w:rsid w:val="00AB15EA"/>
     <w:rsid w:val="00AB49DA"/>
     <w:rsid w:val="00AB7A94"/>
     <w:rsid w:val="00AC7DAD"/>
     <w:rsid w:val="00AD3432"/>
     <w:rsid w:val="00AD518A"/>
     <w:rsid w:val="00AE015F"/>
     <w:rsid w:val="00AE4504"/>
     <w:rsid w:val="00AF213A"/>
     <w:rsid w:val="00AF4D95"/>
     <w:rsid w:val="00B020EE"/>
     <w:rsid w:val="00B14405"/>
     <w:rsid w:val="00B25F43"/>
     <w:rsid w:val="00B37A47"/>
     <w:rsid w:val="00B37A92"/>
@@ -26100,50 +31024,51 @@
     <w:rsid w:val="00E952A1"/>
     <w:rsid w:val="00EA76E6"/>
     <w:rsid w:val="00EB1C46"/>
     <w:rsid w:val="00EC0EED"/>
     <w:rsid w:val="00EC7A6E"/>
     <w:rsid w:val="00ED709D"/>
     <w:rsid w:val="00EE03A6"/>
     <w:rsid w:val="00EE44F0"/>
     <w:rsid w:val="00EF3758"/>
     <w:rsid w:val="00EF751F"/>
     <w:rsid w:val="00F005A2"/>
     <w:rsid w:val="00F0458D"/>
     <w:rsid w:val="00F22A98"/>
     <w:rsid w:val="00F337F8"/>
     <w:rsid w:val="00F36C81"/>
     <w:rsid w:val="00F41B70"/>
     <w:rsid w:val="00F41C5B"/>
     <w:rsid w:val="00F52E96"/>
     <w:rsid w:val="00F55BCA"/>
     <w:rsid w:val="00F67E46"/>
     <w:rsid w:val="00F71FB4"/>
     <w:rsid w:val="00F75FB0"/>
     <w:rsid w:val="00F8267D"/>
     <w:rsid w:val="00F85167"/>
     <w:rsid w:val="00F97424"/>
+    <w:rsid w:val="00FA1E37"/>
     <w:rsid w:val="00FB0393"/>
     <w:rsid w:val="00FB2200"/>
     <w:rsid w:val="00FB343A"/>
     <w:rsid w:val="00FB67DA"/>
     <w:rsid w:val="00FC162D"/>
     <w:rsid w:val="00FD1ABE"/>
     <w:rsid w:val="00FD491C"/>
     <w:rsid w:val="00FF5393"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-MY"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
@@ -27668,82 +32593,86 @@
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00476AEE"/>
     <w:rsid w:val="00006205"/>
     <w:rsid w:val="00015FF0"/>
     <w:rsid w:val="00021D6D"/>
     <w:rsid w:val="00031EAB"/>
     <w:rsid w:val="00074611"/>
     <w:rsid w:val="000A17B6"/>
     <w:rsid w:val="000E7017"/>
     <w:rsid w:val="0012249B"/>
+    <w:rsid w:val="00122686"/>
     <w:rsid w:val="00141465"/>
     <w:rsid w:val="00186A9C"/>
     <w:rsid w:val="001E6FBF"/>
     <w:rsid w:val="001E70F6"/>
     <w:rsid w:val="00212E24"/>
     <w:rsid w:val="00233726"/>
     <w:rsid w:val="0030298C"/>
     <w:rsid w:val="003B3E65"/>
     <w:rsid w:val="003C30B4"/>
     <w:rsid w:val="00406B7D"/>
     <w:rsid w:val="00441696"/>
     <w:rsid w:val="00476AEE"/>
+    <w:rsid w:val="004C3048"/>
+    <w:rsid w:val="00510E04"/>
     <w:rsid w:val="005454EE"/>
     <w:rsid w:val="00556B31"/>
     <w:rsid w:val="00626DE8"/>
     <w:rsid w:val="006D23BC"/>
     <w:rsid w:val="0071296A"/>
     <w:rsid w:val="0078149C"/>
     <w:rsid w:val="008A2960"/>
     <w:rsid w:val="00963484"/>
     <w:rsid w:val="00983C76"/>
     <w:rsid w:val="00A17E04"/>
     <w:rsid w:val="00A37208"/>
     <w:rsid w:val="00B01F8B"/>
     <w:rsid w:val="00B020EE"/>
     <w:rsid w:val="00B41BCA"/>
     <w:rsid w:val="00B60B3F"/>
     <w:rsid w:val="00CA4858"/>
     <w:rsid w:val="00CD51AC"/>
     <w:rsid w:val="00CD6E75"/>
     <w:rsid w:val="00CE4FDC"/>
     <w:rsid w:val="00D44141"/>
+    <w:rsid w:val="00D46349"/>
     <w:rsid w:val="00D67954"/>
     <w:rsid w:val="00D76081"/>
     <w:rsid w:val="00DB33B4"/>
     <w:rsid w:val="00DB4A1E"/>
     <w:rsid w:val="00E82D04"/>
     <w:rsid w:val="00EB69FF"/>
     <w:rsid w:val="00F559C0"/>
     <w:rsid w:val="00FB1B85"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-MY"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
@@ -28497,79 +33426,79 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6913D71-8AE7-484D-9E5F-6599834AACF4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>17744</Characters>
+  <Pages>9</Pages>
+  <Words>3202</Words>
+  <Characters>18252</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>147</Lines>
-  <Paragraphs>41</Paragraphs>
+  <Lines>152</Lines>
+  <Paragraphs>42</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Headings</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr>Please read through the eligibility criteria carefully and declare that you have</vt:lpstr>
       <vt:lpstr>Please read and accept the following terms and conditions.</vt:lpstr>
       <vt:lpstr>    PROVIDE DETAILS OF COSTS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>20815</CharactersWithSpaces>
+  <CharactersWithSpaces>21412</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>sitiaishah310894@gmail.com</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>