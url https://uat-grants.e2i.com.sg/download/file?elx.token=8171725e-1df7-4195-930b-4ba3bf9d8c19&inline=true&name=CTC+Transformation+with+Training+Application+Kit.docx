--- v0 (2025-12-25)
+++ v1 (2026-03-23)
@@ -15443,8937 +15443,13856 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>All cost components are to exclude GST.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70B8C79E" w14:textId="77777777" w:rsidR="001A10F4" w:rsidRPr="007C3518" w:rsidRDefault="001A10F4" w:rsidP="003C0AAC">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9911" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="382"/>
-[...12 lines deleted...]
-        <w:gridCol w:w="781"/>
+        <w:gridCol w:w="431"/>
+        <w:gridCol w:w="865"/>
+        <w:gridCol w:w="580"/>
+        <w:gridCol w:w="580"/>
+        <w:gridCol w:w="754"/>
+        <w:gridCol w:w="754"/>
+        <w:gridCol w:w="754"/>
+        <w:gridCol w:w="861"/>
+        <w:gridCol w:w="861"/>
+        <w:gridCol w:w="861"/>
+        <w:gridCol w:w="774"/>
+        <w:gridCol w:w="831"/>
+        <w:gridCol w:w="1005"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00DC50D8" w14:paraId="085354AD" w14:textId="7858F1F1" w:rsidTr="0053515B">
-[...2 lines deleted...]
-            <w:tcW w:w="394" w:type="dxa"/>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="085354AD" w14:textId="7858F1F1" w:rsidTr="00403287">
+        <w:trPr>
+          <w:trHeight w:val="376"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
           </w:tcPr>
-          <w:p w14:paraId="6DA3D766" w14:textId="77777777" w:rsidR="0053515B" w:rsidRPr="00DC50D8" w:rsidRDefault="0053515B" w:rsidP="003C0AAC">
+          <w:p w14:paraId="6DA3D766" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>S/N</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07BC1663" w14:textId="4C497AE9" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="55B38890" w14:textId="7DB31FA0" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Component</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="638AE9C8" w14:textId="09033E01" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Qty.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="633785F4" w14:textId="4982AAC1" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Total est. cost (S$)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rStyle w:val="FootnoteReference"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:footnoteReference w:customMarkFollows="1" w:id="1"/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="641ADBD9" w14:textId="7EFE7F22" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Cost of quotation 1 (S$)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="7570F77C" w14:textId="67B4FB82" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Cost of quotation 2 (S$)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="09D34038" w14:textId="090F5A3F" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Cost of quotation 3 (S$)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E710DF5" w14:textId="2818150E" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Attachment for quotation 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="11F68A1B" w14:textId="4878851D" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366439">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vendor(s)’s UEN/URL for Quotation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C36D01D" w14:textId="7086FF56" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Attachment for quotation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="068C6FA5" w14:textId="52979129" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366439">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vendor(s)’s UEN/URL for Quotation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E59BD9D" w14:textId="1258B76E" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Attachment for quotation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="35F7789F" w14:textId="1BA8B3C1" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366439">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vendor(s)’s UEN/URL for Quotation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="28B54A57" w14:textId="3A1D81CC" w:rsidTr="00403287">
+        <w:trPr>
+          <w:trHeight w:val="188"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="56006022" w14:textId="2AE63D48" w:rsidR="00366439" w:rsidRPr="00CF1D6C" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF1D6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6774CAEC" w14:textId="28C92EC8" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Type here…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0699A005" w14:textId="78640682" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Type here…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E9CA2F4" w14:textId="4F8C8E5B" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Type here…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A243AE3" w14:textId="2B7B84E2" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Type here…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AF404EA" w14:textId="3CA5A81F" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Type here…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E6D2E71" w14:textId="0DA9D873" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Type here…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D9B900C" w14:textId="2D9034E2" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>For attachment file…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="63F204E2" w14:textId="41F328A7" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="001D2694" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Type here…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="56B23ADA" w14:textId="45BD2AA0" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>For attachment file…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E88947D" w14:textId="360657EA" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00403287" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Type here…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0428391F" w14:textId="3AC83499" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00403287" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>For attachment file…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="02EA838E" w14:textId="3D359651" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00403287" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC50D8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Type here…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="7958D35A" w14:textId="15A1F40C" w:rsidTr="00403287">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="28202C73" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7555F032" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CECA5BF" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D9F8CB2" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CE54955" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="533AEBFD" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="167C25E6" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="33C6ABFE" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="67C0F508" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="708511DD" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C0B42F2" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="01271237" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="17141AE7" w14:textId="1624142F" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="4CBC8298" w14:textId="2E4D094A" w:rsidTr="00403287">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="79914210" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="54A04C88" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="24A4ECD4" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="661E3850" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="306330DA" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6855E23A" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="41D4AC67" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="16E6C363" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DE269E2" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6204D06D" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DBCD0D1" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A0719BB" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FA3DF5A" w14:textId="52F271DD" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="693D2974" w14:textId="6DD322F6" w:rsidTr="00403287">
+        <w:trPr>
+          <w:trHeight w:val="85"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E1639BD" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="75B1DFFF" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="43EB3FC2" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="32F9D4B6" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="35621ECA" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1043E89A" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="183F1EC9" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="488CB965" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="59B13041" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D952246" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D50D083" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E5BBF24" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="005C1FD0" w14:textId="3D72F632" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="1B0DD35D" w14:textId="59782A08" w:rsidTr="00403287">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="74AD5257" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="383CC87F" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EE47167" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CDF37E9" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A70C806" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="63B67B0C" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A9B78A3" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="696FFA07" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="07D7BF34" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ACEED80" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F7A4FDE" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E82A752" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4256E7F7" w14:textId="20C0C642" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="31166634" w14:textId="545AC50C" w:rsidTr="00403287">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BAF7A24" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="35ED7ABD" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="728A7F52" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="464364C0" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="227CEC40" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D800634" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="237AC026" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="372A41AE" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B267BD0" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E68BEF8" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5372F2DB" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="30B4EF88" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BDB8F53" w14:textId="1559CA5C" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="7B192EB9" w14:textId="543F4287" w:rsidTr="00403287">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DD75A9D" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="09BC0EE8" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E9493E8" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="74FAD28A" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="556BFF3A" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B2B4118" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="356CF436" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FE181D4" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="793E5D0E" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6884E762" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DAD79D6" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="09113131" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1327DB6A" w14:textId="28561285" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="09765A10" w14:textId="78C32C6C" w:rsidTr="00403287">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="00936E51" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="32FBBED1" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ED423E7" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B72414E" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="59400A40" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="08D62CF1" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B86DE6A" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="200F3937" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0312A902" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DEA63C6" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2402B006" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="48E79663" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1627A1C9" w14:textId="7398D31B" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="7D704A1F" w14:textId="06097DD6" w:rsidTr="00403287">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="60C940E3" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="23CB3FB9" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="47586E54" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="268D695B" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A0F7D8F" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F50A4F3" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="33D4DB7D" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="07F522C1" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6242FF82" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F50FD50" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2112ACCC" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="34172EDE" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="647BD391" w14:textId="77813D3C" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="6E8D6B2B" w14:textId="205037A8" w:rsidTr="00403287">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="39CB1958" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F981870" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="48EE67DD" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D1367B1" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C7DEC68" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="35E33C68" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6991278A" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="00A6B719" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="16CAE505" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="00C0A75F" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="79E1891D" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="27AE9A65" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C561C6D" w14:textId="786DCF17" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="6D65E8D6" w14:textId="3B7EB072" w:rsidTr="00403287">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A5DF82F" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7206F5CB" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="10105AF8" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E7E9710" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="397618C7" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="02A16D94" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="05F56DBB" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="337F63CC" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="392450CF" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="413CD946" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="566819E9" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FE47B72" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="72B6E46C" w14:textId="7065E3E3" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="1D07F938" w14:textId="743D5944" w:rsidTr="00403287">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EFA49AE" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="32E94D7C" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B4E6D82" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ACBD770" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0914BAE8" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B531A3D" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E228CB2" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E7C704A" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="16ECA8BE" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="10123D0B" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="26BC956E" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5048A776" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BBD6CE9" w14:textId="4B60812E" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="0BC9D73F" w14:textId="586574FE" w:rsidTr="00403287">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="783CAB6A" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A88F86B" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="03AF04E8" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C5BD833" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A8204E8" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0902ECCF" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="50438156" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="48C5ACAA" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="627DC93A" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E9D9D40" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FA6584C" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="469C8C32" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B96305B" w14:textId="0E4D4D56" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="2251F03F" w14:textId="6A0A8CFE" w:rsidTr="00403287">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="790F79B8" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="61BD80C7" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E0232BA" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7560DAA4" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FB0B3F3" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="58F43A2E" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C68ECCD" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="50513223" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="55FD555C" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="72C092CB" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="60CC76EC" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7036CB7B" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EFB1B45" w14:textId="7EBB3D97" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="677E73B4" w14:textId="0D853A77" w:rsidTr="00403287">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="32E4578B" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CFF4D74" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="694B52CD" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="09B45F76" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="67BEF54D" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="23D57719" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F46B1AE" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="661B3182" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C472523" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1068928C" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="16CACEBE" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F7121A7" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D6A063E" w14:textId="012910AB" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="0046AF2B" w14:textId="3E79D0CE" w:rsidTr="00403287">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="17BF5033" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2174720C" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B47EEB6" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="619D6002" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D7906CA" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="570659F5" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="29B5FF78" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="461674E9" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="668FF213" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B469E2A" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F2E943E" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="65F1BF58" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="58F9BFFA" w14:textId="5224B99E" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="3D495333" w14:textId="20C9C656" w:rsidTr="00403287">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C661EEB" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="34BCF590" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="50256722" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="45F26AAD" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FF35B31" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="35FE59AB" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C2BA20" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E6B68FE" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="39A7AC6B" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="708E5E08" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="20BA5EF5" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B88FC2A" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="28D98ED5" w14:textId="06468C82" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="22D8D60B" w14:textId="31B3BD1A" w:rsidTr="00403287">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E2D879" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="79978E18" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="46331D63" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="31FB43BF" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F62B5A1" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="58DEA0A7" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FC6053A" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AC364C1" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="54FCFC21" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="08616ACA" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C4A70F8" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5044996A" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EDCACAA" w14:textId="313EC627" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="45C7F1AE" w14:textId="23ABFE2F" w:rsidTr="00403287">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A7BCDEB" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A979287" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="13DD1CF0" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="24ABD923" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FB5E529" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="302540BE" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="203193C4" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="28FE7868" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="455DFC15" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="419C845A" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C8E388E" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="09214212" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="671C5A7A" w14:textId="72BE49C7" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="2235D84B" w14:textId="5F0F5B83" w:rsidTr="00403287">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="263A6FB8" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ADCBAAA" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="70F1D6E9" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="08CE899B" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7681B494" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="68F99796" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A393F37" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="113B0623" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2067286F" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3086FB3F" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="45618052" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EB495BB" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="48849ADC" w14:textId="5BF059DF" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="6C3F591C" w14:textId="297D0C33" w:rsidTr="00403287">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BDF2A95" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B717D4E" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BE0F7D1" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="00900F15" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="319F3960" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4468D9D0" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0578DFEA" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0932B9A0" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A07E9A4" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C9B3377" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="09120B84" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="31BC8B0D" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="14506BAC" w14:textId="60E0F8FA" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="214794CA" w14:textId="52BBB74E" w:rsidTr="00403287">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E75A5C0" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="12648667" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3584D41E" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="43CA4D4D" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="43046AF9" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B88B0CB" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="65F32985" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C8CC1FC" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EFAC53F" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="756E06E2" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="190AF5D4" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="175E5A62" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="548584E1" w14:textId="292F51B5" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="4778085D" w14:textId="2EBA8135" w:rsidTr="00403287">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="78366B7F" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AC6CF96" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="18168F6D" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="34890B96" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="088E3BCF" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="53991E28" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3426D9F2" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5183E497" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BE5603A" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="39A97613" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="35238B0C" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D43E60A" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F9A2486" w14:textId="19BE1BF9" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="40BFCE1A" w14:textId="25E88F5D" w:rsidTr="00403287">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BAF1317" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="767C2DA6" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="14F02069" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B180D39" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="44C01C92" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1914F737" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="545CBB37" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="04871CB4" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E64D232" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CE0B9D5" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2445E8E9" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="564417A5" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="290505E4" w14:textId="20DCEB85" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="76D4A55A" w14:textId="0E6C16A7" w:rsidTr="00403287">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E6D8F74" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C25191B" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0640CA9F" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EA9F6DF" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5970C34B" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5600FEDE" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F3E76B1" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A5C61A9" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="651B3F86" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6160DB2F" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BC57C4E" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="362833EA" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="423E9B32" w14:textId="0D4BF5FA" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="5B01A277" w14:textId="1B9DA82F" w:rsidTr="00403287">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="471EF6AF" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="09EA6EB8" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="01A645D7" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="62D1F709" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BFEFB60" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FFE4E6A" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A132FB9" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D1A7F63" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C95AEC4" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="355E58B7" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F7E3134" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="56AB38F9" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="27329818" w14:textId="3F5C6569" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="55FA5E9F" w14:textId="4CBD1099" w:rsidTr="00403287">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="05659CBE" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="263AD4E8" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A067E61" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="262B2EA0" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="61A86C5E" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="15522D7D" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA7D800" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E162556" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="52A30399" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="52CDD6A1" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DAFB45B" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A4BFB2E" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="18A6E70B" w14:textId="01B57B68" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="783E532F" w14:textId="0E82BDE8" w:rsidTr="00403287">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C021DCD" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="783E4BF0" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="08F429CE" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="19F481CE" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="542477A1" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="160E3362" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="39D5EC8D" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EE0AEAB" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C99C0F7" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="618CC4AE" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="70623846" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="71BB6B6E" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0315D94F" w14:textId="3FEFE89B" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="3C3613E5" w14:textId="74A33FC0" w:rsidTr="00403287">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="554F97B5" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="697BE227" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="509FE57B" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="21338E6E" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="51EBD745" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FAE4C94" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CBCB3CA" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E4A270C" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DC8C8F4" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AD2316D" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CBEF4F1" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="536E5667" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="44C7B34B" w14:textId="3E155518" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="36AEC6C0" w14:textId="437A165C" w:rsidTr="00403287">
+        <w:trPr>
+          <w:trHeight w:val="94"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="431" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EA4B3D1" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="865" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F931C10" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="59A8620F" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC6C7E5" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="03EF6BFE" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="130EB3E9" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3618B3CF" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CB6CE95" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C2027C9" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="861" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="38A31506" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="774" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="636A5A33" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C4972FF" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1005" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="02133A43" w14:textId="4AF5A1B5" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2C1E5F79" w14:textId="77777777" w:rsidR="00366439" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+      <w:pPr>
+        <w:pStyle w:val="TableContents"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30AB04AD" w14:textId="77777777" w:rsidR="00366439" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+      <w:pPr>
+        <w:pStyle w:val="TableContents"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B3AA1E0" w14:textId="77777777" w:rsidR="00366439" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+      <w:pPr>
+        <w:pStyle w:val="TableContents"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DB8781C" w14:textId="2BDF2928" w:rsidR="001A10F4" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+      <w:pPr>
+        <w:pStyle w:val="TableContents"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Additional information on the funding components</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73D7023F" w14:textId="77777777" w:rsidR="00366439" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+      <w:pPr>
+        <w:pStyle w:val="TableContents"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9918" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="427"/>
+        <w:gridCol w:w="1694"/>
+        <w:gridCol w:w="1273"/>
+        <w:gridCol w:w="1041"/>
+        <w:gridCol w:w="1316"/>
+        <w:gridCol w:w="1301"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1499"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="182C508C" w14:textId="77777777" w:rsidTr="00403287">
+        <w:trPr>
+          <w:trHeight w:val="380"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B1F51B1" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="_Hlk190250090"/>
             <w:r w:rsidRPr="00DC50D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t>S/N</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="07BC1663" w14:textId="4C497AE9" w:rsidR="0053515B" w:rsidRPr="00DC50D8" w:rsidRDefault="0053515B" w:rsidP="003C0AAC">
-[...16 lines deleted...]
-            <w:tcW w:w="808" w:type="dxa"/>
+          <w:p w14:paraId="2B8DD0BD" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
           </w:tcPr>
-          <w:p w14:paraId="55B38890" w14:textId="7DB31FA0" w:rsidR="0053515B" w:rsidRPr="00DC50D8" w:rsidRDefault="0053515B" w:rsidP="003C0AAC">
+          <w:p w14:paraId="7A8DA99D" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC50D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
               <w:t>Component</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="536" w:type="dxa"/>
+            <w:tcW w:w="1273" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
           </w:tcPr>
-          <w:p w14:paraId="638AE9C8" w14:textId="09033E01" w:rsidR="0053515B" w:rsidRPr="00DC50D8" w:rsidRDefault="0053515B" w:rsidP="003C0AAC">
-[...7 lines deleted...]
-                <w:bCs/>
+          <w:p w14:paraId="27B0ECC4" w14:textId="3204AF22" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366439">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Attachment for Foreign Vendor(s)’</w:t>
+            </w:r>
+            <w:r w:rsidR="00C768F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00366439">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Supporting Document under Quotation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="4977D114" w14:textId="50A2B8A7" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366439">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Indicate the selected vendor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="149CB6BF" w14:textId="775803A4" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366439">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Component is only available from a sole provider</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B1B85FE" w14:textId="6550A30B" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366439">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+                <w:lang w:val="en-SG"/>
+              </w:rPr>
+              <w:t>Reason for purchasing from a sole provider</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="49F03B7D" w14:textId="490927FA" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366439">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+                <w:lang w:val="en-SG"/>
+              </w:rPr>
+              <w:t>Component contains Tablet(s), Notebook(s), iPad(s) and/or Smart Phone(s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="6DB5FF"/>
+          </w:tcPr>
+          <w:p w14:paraId="2026F890" w14:textId="3E3270D1" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00366439">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+                <w:lang w:val="en-SG"/>
+              </w:rPr>
+              <w:t>How the Tablet(s), Notebook(s), iPad(s), and/or Smart Phone(s) will significantly contribute to the transformation project</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="71996B99" w14:textId="77777777" w:rsidTr="00366439">
+        <w:trPr>
+          <w:trHeight w:val="133"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="771AB86A" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00CF1D6C" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF1D6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5721A521" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC50D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...13 lines deleted...]
-          <w:p w14:paraId="633785F4" w14:textId="4982AAC1" w:rsidR="0053515B" w:rsidRPr="00DC50D8" w:rsidRDefault="0053515B" w:rsidP="003C0AAC">
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Type here…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="40C8CF1C" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC50D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...5 lines deleted...]
-            </w:r>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Type here…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="72BE4321" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00DC50D8">
               <w:rPr>
-                <w:rStyle w:val="FootnoteReference"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="641ADBD9" w14:textId="7EFE7F22" w:rsidR="0053515B" w:rsidRPr="00DC50D8" w:rsidRDefault="0053515B" w:rsidP="003C0AAC">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Type here…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="082240A7" w14:textId="287BA137" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC50D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...13 lines deleted...]
-          <w:p w14:paraId="7570F77C" w14:textId="67B4FB82" w:rsidR="0053515B" w:rsidRPr="00DC50D8" w:rsidRDefault="0053515B" w:rsidP="003C0AAC">
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Yes/ No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2516FD4B" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC50D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...13 lines deleted...]
-          <w:p w14:paraId="09D34038" w14:textId="090F5A3F" w:rsidR="0053515B" w:rsidRPr="00DC50D8" w:rsidRDefault="0053515B" w:rsidP="003C0AAC">
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Type here…</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DFFE9AE" w14:textId="504561D6" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC50D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...21 lines deleted...]
-                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Yes/ No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DB4A455" w14:textId="5BE5372A" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC50D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...224 lines deleted...]
-              <w:t>How the Tablet(s), Notebook(s), iPad(s), and/or Smart Phone(s) will significantly contribute to the transformation project</w:t>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+              <w:t>Type here…</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00DC50D8" w14:paraId="28B54A57" w14:textId="3A1D81CC" w:rsidTr="0053515B">
-[...367 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="4A6388FF" w14:textId="77777777" w:rsidTr="00366439">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="25C1D002" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1755A748" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BFF44BB" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AFC9007" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="662E2B11" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="143712CE" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD92455" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="68538CE5" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00DC50D8" w14:paraId="7958D35A" w14:textId="15A1F40C" w:rsidTr="0053515B">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="0F47BD2F" w14:textId="77777777" w:rsidTr="00366439">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AF8436B" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="613F3404" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="50BB569E" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DF6CB15" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FD9BCBF" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F2AB63E" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="449E2D9B" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="03487F49" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00DC50D8" w14:paraId="4CBC8298" w14:textId="2E4D094A" w:rsidTr="0053515B">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="6D5FD90B" w14:textId="77777777" w:rsidTr="00366439">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A1BBB6E" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="54F238CF" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B7A52D6" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EC8BC53" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="05ED9B3D" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="076939E5" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ADECBA6" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="003787C2" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00DC50D8" w14:paraId="693D2974" w14:textId="6DD322F6" w:rsidTr="0053515B">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="4E287CFB" w14:textId="77777777" w:rsidTr="00366439">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D334B02" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="03D13FE1" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D8C5E67" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D0E49B7" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="082EE972" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ABE667A" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="456E024E" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="285B35B7" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00DC50D8" w14:paraId="1B0DD35D" w14:textId="59782A08" w:rsidTr="0053515B">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="34E8E781" w14:textId="77777777" w:rsidTr="00366439">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="79B96A96" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="593AED69" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="44B2B32E" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1690C3FB" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ABB269C" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="08C511E1" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B4BAB19" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="70EFA70F" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00DC50D8" w14:paraId="31166634" w14:textId="545AC50C" w:rsidTr="0053515B">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="08F22933" w14:textId="77777777" w:rsidTr="00366439">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="30B4EC92" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="27E466C5" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="00476338" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DB6120A" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CDEFA66" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="71391170" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="355EF597" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="17007E18" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00DC50D8" w14:paraId="7B192EB9" w14:textId="543F4287" w:rsidTr="0053515B">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="1C7E13A2" w14:textId="77777777" w:rsidTr="00366439">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="649CCBC7" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E427A1D" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0753AF29" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="30737EDA" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="59D64B8F" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D1D890A" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="411F012D" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D7CEC32" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00DC50D8" w14:paraId="09765A10" w14:textId="78C32C6C" w:rsidTr="0053515B">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="3EB0EB9D" w14:textId="77777777" w:rsidTr="00366439">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="560EB2C9" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CEDB538" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="164DE3E9" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="452D2ED2" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="716A0B92" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C4AE5B7" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="305B52C1" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A829593" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00DC50D8" w14:paraId="7D704A1F" w14:textId="06097DD6" w:rsidTr="0053515B">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="404FB09A" w14:textId="77777777" w:rsidTr="00366439">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC5C51E" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D27E431" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E6A12E7" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2663FF5C" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="65484549" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2096EBB2" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="58DCCDE6" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="29D3E046" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00DC50D8" w14:paraId="6E8D6B2B" w14:textId="205037A8" w:rsidTr="0053515B">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="0FD89E51" w14:textId="77777777" w:rsidTr="00366439">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="60132436" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="59610A07" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ACA8EBF" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="47D33E48" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E09249B" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FCDF6A0" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B7B00F5" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="68E0B6FB" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00DC50D8" w14:paraId="6D65E8D6" w14:textId="3B7EB072" w:rsidTr="0053515B">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="6D026B57" w14:textId="77777777" w:rsidTr="00366439">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="51DA3473" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B1B01B6" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="161D661B" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="00E2DC20" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A236196" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A63868B" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="372D59AD" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="61D61577" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00DC50D8" w14:paraId="1D07F938" w14:textId="743D5944" w:rsidTr="0053515B">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="71C11F71" w14:textId="77777777" w:rsidTr="00366439">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="48FC9E40" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E4FE241" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="79A7ABC1" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="30750AA4" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1526156A" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="71104332" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="17EEBE24" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D0130FD" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00DC50D8" w14:paraId="0BC9D73F" w14:textId="586574FE" w:rsidTr="0053515B">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="7AA2E2F2" w14:textId="77777777" w:rsidTr="00366439">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ED0D184" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C0271B7" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="04D1859A" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="74FF0BD5" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7775CEA1" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D84F830" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="71323375" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DED109B" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00DC50D8" w14:paraId="2251F03F" w14:textId="6A0A8CFE" w:rsidTr="0053515B">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="684AA8E0" w14:textId="77777777" w:rsidTr="00366439">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="106F6349" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C40AC3B" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="781C1C8F" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6980A4F0" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0744894C" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B53D09E" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="09773D74" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E7D4EF3" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00DC50D8" w14:paraId="677E73B4" w14:textId="0D853A77" w:rsidTr="0053515B">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="2380DC97" w14:textId="77777777" w:rsidTr="00366439">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="61FBBEFA" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="11DA796E" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="05712710" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="60F449D5" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="16C152FD" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="119968E3" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4559900D" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="17F8166C" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00DC50D8" w14:paraId="0046AF2B" w14:textId="3E79D0CE" w:rsidTr="0053515B">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="68DB9E29" w14:textId="77777777" w:rsidTr="00366439">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B912F66" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BD41839" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="72B21713" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="352C21F9" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="792020D9" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="60992B67" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F22F0F2" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A826EA6" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00DC50D8" w14:paraId="3D495333" w14:textId="20C9C656" w:rsidTr="0053515B">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="5E81CD46" w14:textId="77777777" w:rsidTr="00366439">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="24D93D0D" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D07E647" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="731A015D" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="47B3493E" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="440D9E20" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5977F9DB" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AB9244B" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BB23400" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00DC50D8" w14:paraId="22D8D60B" w14:textId="31B3BD1A" w:rsidTr="0053515B">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="1DA1440F" w14:textId="77777777" w:rsidTr="00366439">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F8B3898" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B06DC49" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="113DB7C9" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="07C056A4" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="78C88307" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F579F40" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F852FE5" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="538B2F45" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00DC50D8" w14:paraId="45C7F1AE" w14:textId="23ABFE2F" w:rsidTr="0053515B">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="2859DFA6" w14:textId="77777777" w:rsidTr="00366439">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EDDD5E9" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F640F02" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA07E85" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0422700A" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3830DA31" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="452F6A3C" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="470B50DF" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="182A4305" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00DC50D8" w14:paraId="2235D84B" w14:textId="5F0F5B83" w:rsidTr="0053515B">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="69506CE9" w14:textId="77777777" w:rsidTr="00366439">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="02A489B3" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D434B80" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="19B4658A" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="38A8293D" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2642D54A" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CFD4056" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A9A15E2" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="144655A6" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00DC50D8" w14:paraId="6C3F591C" w14:textId="297D0C33" w:rsidTr="0053515B">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="32DB792E" w14:textId="77777777" w:rsidTr="00366439">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="507B8CB1" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ED13E77" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C561EBE" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EE62BBF" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F293E96" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C52F89A" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="26180C4E" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="039CD672" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00DC50D8" w14:paraId="214794CA" w14:textId="52BBB74E" w:rsidTr="0053515B">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="2FC7EED6" w14:textId="77777777" w:rsidTr="00366439">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="50A03AC9" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DFC0AA3" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3930CBFC" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="200E41F0" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E04614A" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="69152A33" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C00C9F4" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="75509743" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00DC50D8" w14:paraId="4778085D" w14:textId="2EBA8135" w:rsidTr="0053515B">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="56FDA56F" w14:textId="77777777" w:rsidTr="00366439">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2210E24C" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CC64B15" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E3B5DC9" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2689DD49" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="11FAF743" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="63EC9297" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="05C08F1D" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="473F005C" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00DC50D8" w14:paraId="40BFCE1A" w14:textId="25E88F5D" w:rsidTr="0053515B">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="4E1CE129" w14:textId="77777777" w:rsidTr="00366439">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="280EB5A3" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="575AEC2E" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="562382DE" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B60568A" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="29E4C872" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="48EA8EDC" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="697778C4" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2760F828" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00DC50D8" w14:paraId="76D4A55A" w14:textId="0E6C16A7" w:rsidTr="0053515B">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="2908737A" w14:textId="77777777" w:rsidTr="00366439">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="574E46C2" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="70FD51EC" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="413CB595" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="510EEFDE" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4514F037" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F503C48" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="542568E0" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A354798" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00DC50D8" w14:paraId="5B01A277" w14:textId="1B9DA82F" w:rsidTr="0053515B">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="7E9BDB58" w14:textId="77777777" w:rsidTr="00366439">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C491311" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A6D4599" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D13D0EF" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C4305D7" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4243D89B" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FD9816F" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="164751F9" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="49207E58" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00DC50D8" w14:paraId="55FA5E9F" w14:textId="4CBD1099" w:rsidTr="0053515B">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="034B62F4" w14:textId="77777777" w:rsidTr="00366439">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="71DBF530" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E5A1D83" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="022AF3CD" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="44D79E58" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EE26985" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EF6CBBC" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CF2E2E3" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CF6CE0B" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00DC50D8" w14:paraId="783E532F" w14:textId="0E82BDE8" w:rsidTr="0053515B">
-[...267 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="09ECD489" w14:textId="77777777" w:rsidTr="00366439">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="53CB24CF" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="334FEFE4" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CB2DDBD" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="14F16252" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B55A248" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F3F6A5D" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EE05330" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EE45DBC" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053515B" w:rsidRPr="00DC50D8" w14:paraId="3C3613E5" w14:textId="74A33FC0" w:rsidTr="0053515B">
-[...543 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:tr w:rsidR="00366439" w:rsidRPr="00DC50D8" w14:paraId="6667D37E" w14:textId="77777777" w:rsidTr="00366439">
+        <w:trPr>
+          <w:trHeight w:val="120"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="427" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="31952CE3" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1694" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="42E7D1D6" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5269E29F" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1041" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4327CC79" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1316" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="68DC0835" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1301" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C33D9AE" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C32CECA" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1499" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F4B083" w:themeFill="accent2" w:themeFillTint="99"/>
+          </w:tcPr>
+          <w:p w14:paraId="5433E868" w14:textId="77777777" w:rsidR="00366439" w:rsidRPr="00DC50D8" w:rsidRDefault="00366439" w:rsidP="00681C7D">
+            <w:pPr>
+              <w:pStyle w:val="TableContents"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="2"/>
     </w:tbl>
-    <w:p w14:paraId="4DB8781C" w14:textId="77777777" w:rsidR="001A10F4" w:rsidRDefault="001A10F4" w:rsidP="003C0AAC">
+    <w:p w14:paraId="73175C3E" w14:textId="77777777" w:rsidR="00366439" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
+      <w:pPr>
+        <w:pStyle w:val="TableContents"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2876A832" w14:textId="77777777" w:rsidR="00366439" w:rsidRDefault="00366439" w:rsidP="003C0AAC">
       <w:pPr>
         <w:pStyle w:val="TableContents"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9736"/>
       </w:tblGrid>
       <w:tr w:rsidR="001A10F4" w:rsidRPr="00F22A98" w14:paraId="37B92218" w14:textId="77777777" w:rsidTr="00BB2F2B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9736" w:type="dxa"/>
           </w:tcPr>
@@ -25371,75 +30290,73 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2379">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>File Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F731F" w14:paraId="35C8CFC9" w14:textId="77777777" w:rsidTr="001F42E8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6DC0A66D" w14:textId="73D82E1B" w:rsidR="007F731F" w:rsidRPr="007A2379" w:rsidRDefault="007F731F" w:rsidP="003C0AAC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3710" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="257E976D" w14:textId="597629CD" w:rsidR="007F731F" w:rsidRDefault="007F731F" w:rsidP="003C0AAC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(For companies)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="12BDA693" w14:textId="45A7D52B" w:rsidR="007F731F" w:rsidRPr="007F731F" w:rsidRDefault="007F731F" w:rsidP="003C0AAC">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="45"/>
@@ -25479,75 +30396,73 @@
           </w:tcPr>
           <w:p w14:paraId="10AC1C5D" w14:textId="7D887858" w:rsidR="007F731F" w:rsidRPr="007A2379" w:rsidRDefault="007F731F" w:rsidP="003C0AAC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For attachment file…</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A24692" w14:paraId="6F8DC566" w14:textId="77777777" w:rsidTr="001F42E8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="137EA441" w14:textId="46ACD62E" w:rsidR="00A24692" w:rsidRPr="007A2379" w:rsidRDefault="007F731F" w:rsidP="003C0AAC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3710" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="615ED8EF" w14:textId="252E8AB8" w:rsidR="00A24692" w:rsidRPr="007A2379" w:rsidRDefault="00A24692" w:rsidP="003C0AAC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2379">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(For society)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="17C14B42" w14:textId="3A135758" w:rsidR="00A24692" w:rsidRPr="007F731F" w:rsidRDefault="00A24692" w:rsidP="007F731F">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
@@ -25596,75 +30511,73 @@
           </w:tcPr>
           <w:p w14:paraId="7C701A71" w14:textId="541E8C61" w:rsidR="00A24692" w:rsidRPr="007A2379" w:rsidRDefault="007F731F" w:rsidP="003C0AAC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For attachment file…</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A2379" w14:paraId="251D670C" w14:textId="77777777" w:rsidTr="001F42E8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02A09F6C" w14:textId="2133FEE6" w:rsidR="007A2379" w:rsidRPr="007A2379" w:rsidRDefault="007F731F" w:rsidP="003C0AAC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3710" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B908E27" w14:textId="77777777" w:rsidR="007A2379" w:rsidRPr="007A2379" w:rsidRDefault="007A2379" w:rsidP="007A2379">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2379">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CTC-endorsed training plan (e.g. CTC NTUC / Worker rep signature with</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03AA5067" w14:textId="3DBE6BD4" w:rsidR="007A2379" w:rsidRPr="007A2379" w:rsidRDefault="007A2379" w:rsidP="007A2379">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -26025,75 +30938,73 @@
           </w:tcPr>
           <w:p w14:paraId="0669D502" w14:textId="12013475" w:rsidR="007A2379" w:rsidRPr="007A2379" w:rsidRDefault="007F731F" w:rsidP="003C0AAC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For attachment file…</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A24692" w14:paraId="140BFD6A" w14:textId="77777777" w:rsidTr="001F42E8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F066E95" w14:textId="29843628" w:rsidR="00A24692" w:rsidRPr="007A2379" w:rsidRDefault="007F731F" w:rsidP="003C0AAC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3710" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="24CD12F6" w14:textId="130A8F15" w:rsidR="00A24692" w:rsidRPr="007A2379" w:rsidRDefault="005A7D9F" w:rsidP="003C0AAC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2379">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>More information on Transformation Plan, if applicable (please keep to maximum of 2 pages)</w:t>
             </w:r>
             <w:r w:rsidR="007A2379">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -26119,75 +31030,73 @@
           </w:tcPr>
           <w:p w14:paraId="6A5D301F" w14:textId="49663AE2" w:rsidR="00A24692" w:rsidRPr="007A2379" w:rsidRDefault="007F731F" w:rsidP="003C0AAC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For attachment file…</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F42E8" w14:paraId="7A161477" w14:textId="77777777" w:rsidTr="001F42E8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38F7C3D9" w14:textId="3A513BF6" w:rsidR="001F42E8" w:rsidRDefault="007F731F" w:rsidP="003C0AAC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3710" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="14104B9E" w14:textId="77777777" w:rsidR="001F42E8" w:rsidRPr="001F42E8" w:rsidRDefault="001F42E8" w:rsidP="001F42E8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F42E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(For External Training Only)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="14213A18" w14:textId="5031AB7D" w:rsidR="001F42E8" w:rsidRPr="00144B48" w:rsidRDefault="001F42E8" w:rsidP="00144B48">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="47"/>
@@ -26227,75 +31136,73 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For attachment file…</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A71A89" w14:paraId="085D03DA" w14:textId="77777777" w:rsidTr="00A74BC0">
         <w:trPr>
           <w:trHeight w:val="712"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="550" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="21DE7161" w14:textId="4E6DEA86" w:rsidR="00A71A89" w:rsidRDefault="00A71A89" w:rsidP="00232F9B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3710" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="40DCE58A" w14:textId="77777777" w:rsidR="00A71A89" w:rsidRDefault="00A71A89" w:rsidP="00232F9B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00486D09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CTC endorsement for the project</w:t>
             </w:r>
             <w:r w:rsidRPr="007C2A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -27136,58 +32043,58 @@
         <w:pStyle w:val="TableContents"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001D0507" w:rsidRPr="00154EF6" w:rsidSect="003654B2">
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="567" w:footer="680" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5502F3F9" w14:textId="77777777" w:rsidR="005C3210" w:rsidRDefault="005C3210" w:rsidP="00D141B4">
+    <w:p w14:paraId="0419513A" w14:textId="77777777" w:rsidR="00FB2AAE" w:rsidRDefault="00FB2AAE" w:rsidP="00D141B4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2BAF1AF8" w14:textId="77777777" w:rsidR="005C3210" w:rsidRDefault="005C3210" w:rsidP="00D141B4">
+    <w:p w14:paraId="783E6494" w14:textId="77777777" w:rsidR="00FB2AAE" w:rsidRDefault="00FB2AAE" w:rsidP="00D141B4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -27762,65 +32669,65 @@
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer9.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1217F590" w14:textId="09453BE5" w:rsidR="001D0507" w:rsidRPr="001D0507" w:rsidRDefault="001D0507" w:rsidP="001D0507">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4F027371" w14:textId="77777777" w:rsidR="005C3210" w:rsidRDefault="005C3210" w:rsidP="00D141B4">
+    <w:p w14:paraId="0E43A12D" w14:textId="77777777" w:rsidR="00FB2AAE" w:rsidRDefault="00FB2AAE" w:rsidP="00D141B4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="060269D0" w14:textId="77777777" w:rsidR="005C3210" w:rsidRDefault="005C3210" w:rsidP="00D141B4">
+    <w:p w14:paraId="16D3057A" w14:textId="77777777" w:rsidR="00FB2AAE" w:rsidRDefault="00FB2AAE" w:rsidP="00D141B4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="34DD78BE" w14:textId="7EF1B69D" w:rsidR="0053515B" w:rsidRDefault="0053515B">
+    <w:p w14:paraId="34DD78BE" w14:textId="7EF1B69D" w:rsidR="00366439" w:rsidRDefault="00366439">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="20137951"/>
       <w:placeholder>
         <w:docPart w:val="56E93CE2F3BE45ADBB2EE16ADF65C552"/>
       </w:placeholder>
     </w:sdtPr>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-2088757301"/>
           <w:placeholder>
             <w:docPart w:val="56E93CE2F3BE45ADBB2EE16ADF65C552"/>
           </w:placeholder>
         </w:sdtPr>
@@ -32930,149 +37837,155 @@
     <w:abstractNumId w:val="43"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="53552089">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="1033699389">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1443188083">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="1765493336">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="1446264781">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="1218667683">
     <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="156"/>
   <w:defaultTabStop w:val="284"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B479C5"/>
     <w:rsid w:val="0000260D"/>
     <w:rsid w:val="00015824"/>
     <w:rsid w:val="00031EAB"/>
     <w:rsid w:val="00035131"/>
     <w:rsid w:val="00053C34"/>
     <w:rsid w:val="0005750E"/>
     <w:rsid w:val="00076DAC"/>
     <w:rsid w:val="000878DE"/>
     <w:rsid w:val="000B682F"/>
     <w:rsid w:val="000C0AC1"/>
     <w:rsid w:val="000C3252"/>
     <w:rsid w:val="000C3ABF"/>
     <w:rsid w:val="000D5846"/>
     <w:rsid w:val="000E7017"/>
     <w:rsid w:val="0012249B"/>
+    <w:rsid w:val="00122686"/>
     <w:rsid w:val="00131704"/>
     <w:rsid w:val="00144B48"/>
     <w:rsid w:val="00147A52"/>
     <w:rsid w:val="001546BC"/>
     <w:rsid w:val="00154EF6"/>
     <w:rsid w:val="00165390"/>
     <w:rsid w:val="0019026D"/>
     <w:rsid w:val="001965D8"/>
     <w:rsid w:val="001972C3"/>
     <w:rsid w:val="001A10F4"/>
     <w:rsid w:val="001A48E5"/>
     <w:rsid w:val="001B1CCB"/>
     <w:rsid w:val="001D0507"/>
+    <w:rsid w:val="001D2694"/>
     <w:rsid w:val="001E1D4C"/>
     <w:rsid w:val="001E70F6"/>
     <w:rsid w:val="001F42E8"/>
     <w:rsid w:val="0020727D"/>
     <w:rsid w:val="00254D3E"/>
     <w:rsid w:val="00265187"/>
     <w:rsid w:val="002674FC"/>
     <w:rsid w:val="002C0E00"/>
+    <w:rsid w:val="002C3DC3"/>
     <w:rsid w:val="002E6B94"/>
     <w:rsid w:val="002F5E87"/>
     <w:rsid w:val="00300B85"/>
     <w:rsid w:val="0030298C"/>
     <w:rsid w:val="00306689"/>
     <w:rsid w:val="003210AE"/>
     <w:rsid w:val="003356E6"/>
     <w:rsid w:val="00346294"/>
     <w:rsid w:val="003530D7"/>
     <w:rsid w:val="00360DA4"/>
     <w:rsid w:val="003654B2"/>
     <w:rsid w:val="003657F1"/>
+    <w:rsid w:val="00366439"/>
     <w:rsid w:val="003813C7"/>
     <w:rsid w:val="003876D2"/>
     <w:rsid w:val="00394BE9"/>
     <w:rsid w:val="00395BE5"/>
     <w:rsid w:val="003A0792"/>
     <w:rsid w:val="003B06FA"/>
     <w:rsid w:val="003B08F7"/>
     <w:rsid w:val="003C0AAC"/>
     <w:rsid w:val="003C49B5"/>
     <w:rsid w:val="003E417F"/>
     <w:rsid w:val="003E42F7"/>
     <w:rsid w:val="003F4657"/>
+    <w:rsid w:val="00403287"/>
     <w:rsid w:val="00406B7D"/>
     <w:rsid w:val="00413485"/>
     <w:rsid w:val="00441696"/>
     <w:rsid w:val="0044692C"/>
     <w:rsid w:val="00462ADD"/>
     <w:rsid w:val="00464CCE"/>
     <w:rsid w:val="00473328"/>
     <w:rsid w:val="00476A4E"/>
     <w:rsid w:val="00482F69"/>
     <w:rsid w:val="00490D09"/>
     <w:rsid w:val="00497CB9"/>
     <w:rsid w:val="004B1442"/>
     <w:rsid w:val="004B27A8"/>
     <w:rsid w:val="004B400D"/>
+    <w:rsid w:val="004C3048"/>
     <w:rsid w:val="004C664C"/>
     <w:rsid w:val="004F3939"/>
     <w:rsid w:val="00510C9A"/>
     <w:rsid w:val="005110F7"/>
     <w:rsid w:val="0053515B"/>
     <w:rsid w:val="005357E0"/>
     <w:rsid w:val="00535859"/>
     <w:rsid w:val="00540498"/>
     <w:rsid w:val="005404F2"/>
     <w:rsid w:val="0056564F"/>
     <w:rsid w:val="00572C6F"/>
     <w:rsid w:val="005743DB"/>
     <w:rsid w:val="0058134A"/>
     <w:rsid w:val="005A6C36"/>
     <w:rsid w:val="005A7D9F"/>
     <w:rsid w:val="005B606E"/>
     <w:rsid w:val="005C3210"/>
     <w:rsid w:val="005C6922"/>
     <w:rsid w:val="005D569E"/>
     <w:rsid w:val="005F418B"/>
     <w:rsid w:val="00601837"/>
     <w:rsid w:val="006039BB"/>
     <w:rsid w:val="006056D4"/>
     <w:rsid w:val="00616E79"/>
     <w:rsid w:val="00617B75"/>
@@ -33177,50 +38090,51 @@
     <w:rsid w:val="00B479C5"/>
     <w:rsid w:val="00B505D8"/>
     <w:rsid w:val="00B52D51"/>
     <w:rsid w:val="00B607A3"/>
     <w:rsid w:val="00B84558"/>
     <w:rsid w:val="00BA19DE"/>
     <w:rsid w:val="00BA3144"/>
     <w:rsid w:val="00BA7077"/>
     <w:rsid w:val="00BA79A3"/>
     <w:rsid w:val="00BC12DA"/>
     <w:rsid w:val="00BC26B0"/>
     <w:rsid w:val="00BC6003"/>
     <w:rsid w:val="00BD2B8B"/>
     <w:rsid w:val="00BD63E7"/>
     <w:rsid w:val="00BE046A"/>
     <w:rsid w:val="00BE6D33"/>
     <w:rsid w:val="00C11CAB"/>
     <w:rsid w:val="00C13C72"/>
     <w:rsid w:val="00C26CC2"/>
     <w:rsid w:val="00C4462B"/>
     <w:rsid w:val="00C46D92"/>
     <w:rsid w:val="00C520A8"/>
     <w:rsid w:val="00C564EE"/>
     <w:rsid w:val="00C615D5"/>
     <w:rsid w:val="00C67B7C"/>
+    <w:rsid w:val="00C768F6"/>
     <w:rsid w:val="00C97887"/>
     <w:rsid w:val="00CA4858"/>
     <w:rsid w:val="00CA7CDF"/>
     <w:rsid w:val="00CB13C6"/>
     <w:rsid w:val="00CC2E89"/>
     <w:rsid w:val="00CD1E88"/>
     <w:rsid w:val="00CD6E75"/>
     <w:rsid w:val="00CF016A"/>
     <w:rsid w:val="00CF1D6C"/>
     <w:rsid w:val="00D002B6"/>
     <w:rsid w:val="00D035B5"/>
     <w:rsid w:val="00D141B4"/>
     <w:rsid w:val="00D15815"/>
     <w:rsid w:val="00D23054"/>
     <w:rsid w:val="00D37620"/>
     <w:rsid w:val="00D447B2"/>
     <w:rsid w:val="00D556C2"/>
     <w:rsid w:val="00D67954"/>
     <w:rsid w:val="00D76081"/>
     <w:rsid w:val="00D76827"/>
     <w:rsid w:val="00D772A5"/>
     <w:rsid w:val="00D81B18"/>
     <w:rsid w:val="00D85478"/>
     <w:rsid w:val="00D86E76"/>
     <w:rsid w:val="00DA2D60"/>
@@ -33237,50 +38151,51 @@
     <w:rsid w:val="00E84A61"/>
     <w:rsid w:val="00E952A1"/>
     <w:rsid w:val="00EA76E6"/>
     <w:rsid w:val="00EB1C46"/>
     <w:rsid w:val="00EC0EED"/>
     <w:rsid w:val="00EE03A6"/>
     <w:rsid w:val="00EE44F0"/>
     <w:rsid w:val="00EF3758"/>
     <w:rsid w:val="00EF5407"/>
     <w:rsid w:val="00F005A2"/>
     <w:rsid w:val="00F123B3"/>
     <w:rsid w:val="00F22A98"/>
     <w:rsid w:val="00F24AC1"/>
     <w:rsid w:val="00F337F8"/>
     <w:rsid w:val="00F36C81"/>
     <w:rsid w:val="00F4015E"/>
     <w:rsid w:val="00F41C5B"/>
     <w:rsid w:val="00F52E96"/>
     <w:rsid w:val="00F55BCA"/>
     <w:rsid w:val="00F67B84"/>
     <w:rsid w:val="00F71FB4"/>
     <w:rsid w:val="00F754DB"/>
     <w:rsid w:val="00F75FB0"/>
     <w:rsid w:val="00F85167"/>
     <w:rsid w:val="00FB0393"/>
+    <w:rsid w:val="00FB2AAE"/>
     <w:rsid w:val="00FB67DA"/>
     <w:rsid w:val="00FC162D"/>
     <w:rsid w:val="00FD1ABE"/>
     <w:rsid w:val="00FD491C"/>
     <w:rsid w:val="00FF5393"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-MY"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
@@ -35019,59 +39934,64 @@
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0090695B"/>
+    <w:rsid w:val="00122686"/>
     <w:rsid w:val="0030298C"/>
     <w:rsid w:val="00384226"/>
+    <w:rsid w:val="004C3048"/>
     <w:rsid w:val="004D1EC6"/>
+    <w:rsid w:val="00702BC7"/>
     <w:rsid w:val="00722F4C"/>
     <w:rsid w:val="00885F4B"/>
     <w:rsid w:val="0090695B"/>
     <w:rsid w:val="00A37208"/>
     <w:rsid w:val="00CA4858"/>
+    <w:rsid w:val="00D87E8A"/>
     <w:rsid w:val="00DB33B4"/>
+    <w:rsid w:val="00E33EE4"/>
     <w:rsid w:val="00F93038"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-MY"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -35823,69 +40743,78 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6913D71-8AE7-484D-9E5F-6599834AACF4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>3897</Words>
-  <Characters>22218</Characters>
+  <Words>3987</Words>
+  <Characters>22726</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>185</Lines>
-  <Paragraphs>52</Paragraphs>
+  <Lines>189</Lines>
+  <Paragraphs>53</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Headings</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="4" baseType="lpstr">
       <vt:lpstr/>
+      <vt:lpstr>Please read through the eligibility criteria carefully and declare that you have</vt:lpstr>
+      <vt:lpstr>Please read and accept the following terms and conditions.</vt:lpstr>
+      <vt:lpstr>    PROVIDE DETAILS OF COSTS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26063</CharactersWithSpaces>
+  <CharactersWithSpaces>26660</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>sitiaishah310894@gmail.com</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>